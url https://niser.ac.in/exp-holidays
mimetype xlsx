--- v0 (2025-11-12)
+++ v1 (2026-01-14)
@@ -26,168 +26,168 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>title</t>
   </si>
   <si>
     <t>date</t>
   </si>
   <si>
     <t>day</t>
   </si>
   <si>
     <t>Republic Day / गणतंत्र दिवस</t>
   </si>
   <si>
-    <t>2025-01-26</t>
+    <t>2026-01-26</t>
+  </si>
+  <si>
+    <t>Monday</t>
+  </si>
+  <si>
+    <t>Holi / होली</t>
+  </si>
+  <si>
+    <t>2026-03-04</t>
+  </si>
+  <si>
+    <t>Wednesday</t>
+  </si>
+  <si>
+    <t>Id-u’l Fitr / ईद-उल-फ़ित्र</t>
+  </si>
+  <si>
+    <t>2026-03-21</t>
+  </si>
+  <si>
+    <t>Saturday</t>
+  </si>
+  <si>
+    <t>Mahavir Jayanti / महावीर जयंती</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t>Tuesday</t>
+  </si>
+  <si>
+    <t>Good Friday / गुड फ्राइडे</t>
+  </si>
+  <si>
+    <t>2026-04-03</t>
+  </si>
+  <si>
+    <t>Friday</t>
+  </si>
+  <si>
+    <t>Buddha Purnima / बुद्ध पूर्णिमा</t>
+  </si>
+  <si>
+    <t>2026-05-01</t>
+  </si>
+  <si>
+    <t>Id-u'l-Zuha (Bakrid) / ईद-उल-जुहा (बकरीद)</t>
+  </si>
+  <si>
+    <t>2026-05-27</t>
+  </si>
+  <si>
+    <t>Muharram / मुहर्रम</t>
+  </si>
+  <si>
+    <t>2026-06-26</t>
+  </si>
+  <si>
+    <t>Rath Yatra / रथयात्रा</t>
+  </si>
+  <si>
+    <t>2026-07-16</t>
+  </si>
+  <si>
+    <t>Thursday</t>
+  </si>
+  <si>
+    <t>Independence Day / स्वतंत्रता दिवस</t>
+  </si>
+  <si>
+    <t>2026-08-15</t>
+  </si>
+  <si>
+    <t>Id-E-Milad (Milad-Un-Nabi) / ईद-ए-मिलाद (मिलाद-उन-नबी)</t>
+  </si>
+  <si>
+    <t>2026-08-26</t>
+  </si>
+  <si>
+    <t>Gandhi Jayanti / गाँधी जयंती</t>
+  </si>
+  <si>
+    <t>2026-10-02</t>
+  </si>
+  <si>
+    <t>Mahashtami (addl. day for Dussehra) / महा अष्टमी</t>
+  </si>
+  <si>
+    <t>2026-10-19</t>
+  </si>
+  <si>
+    <t>Dussehra (Vijaya Dashami) / दशहरा (विजया दशमी)</t>
+  </si>
+  <si>
+    <t>2026-10-20</t>
+  </si>
+  <si>
+    <t>Diwali (Deepavali) / दीपावली</t>
+  </si>
+  <si>
+    <t>2026-11-08</t>
   </si>
   <si>
     <t>Sunday</t>
   </si>
   <si>
-    <t>Holi / होली</t>
-[...100 lines deleted...]
-  <si>
     <t>Guru Nanak Jayanti / गुरु नानक जयंती</t>
   </si>
   <si>
-    <t>2025-11-05</t>
+    <t>2026-11-24</t>
   </si>
   <si>
     <t>Christmas Day / क्रिसमस दिवस</t>
   </si>
   <si>
-    <t>2025-12-25</t>
+    <t>2026-12-25</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -491,51 +491,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C19"/>
+  <dimension ref="A1:C18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
       <c r="B2" t="s">
         <v>4</v>
       </c>
@@ -562,194 +562,183 @@
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" t="s">
         <v>15</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>8</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
         <v>24</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>5</v>
+        <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>8</v>
+        <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
         <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
         <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>14</v>
+        <v>39</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C17" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="C18" t="s">
-        <v>34</v>
-[...10 lines deleted...]
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">